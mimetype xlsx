--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -54,105 +54,105 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Guinha de Pascoal</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/4/pl_010-valter-identificacao.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/4/pl_010-valter-identificacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de identificação dos veículos oficiais da Administração Pública e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/</t>
+    <t>http://sapl.araci.ba.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro na sede do município do município de Araci e dá outras providências.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Poder Executivo - EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/10/pl_026-2021_executivo.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/10/pl_026-2021_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a cláusula segunda, caput, cláusula quarta, I, alínea “a” e “b”, do anexo I, Lei nº 209 de 28 de dezembro de 2015, que autoriza a Cessão de uso de bem imóvel urbano público, que entre si celebram de um lado o município de Araci – Bahia e do outro lado o Sindicato dos Servidores Públicos Municipais de Araci – SINDSPUMA, para a concessão de uso de área urbana para desenvolvimento de atividades dos servidores públicos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/11/pl_027-2021_executivo.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/11/pl_027-2021_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir área de terreno e dá outras providências.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/12/plc_001-2021-executivo.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/12/plc_001-2021-executivo.pdf</t>
   </si>
   <si>
     <t>Altera artigos da Lei Complementar nº 008 de 21 de março de 2004, Lei municipal nº 009 de 21 e maio de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Laerto</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Moção de Reconhecimento de Mérito ao médico Dr. Fernando Martins da Nóbrega.</t>
   </si>
 </sst>
 </file>
 
@@ -477,68 +477,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/4/pl_010-valter-identificacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/10/pl_026-2021_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/11/pl_027-2021_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/12/plc_001-2021-executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/4/pl_010-valter-identificacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/10/pl_026-2021_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/11/pl_027-2021_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2021/12/plc_001-2021-executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>