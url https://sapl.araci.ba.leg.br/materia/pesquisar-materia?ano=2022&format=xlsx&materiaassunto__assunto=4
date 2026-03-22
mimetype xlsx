--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -54,130 +54,130 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo - EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/16/oficio_n_040-2022-_virgilio_carvalho_santos-_camara_de_vereadores-_pl_n_002-2022-_reajuste_de_venc.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/16/oficio_n_040-2022-_virgilio_carvalho_santos-_camara_de_vereadores-_pl_n_002-2022-_reajuste_de_venc.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a reajustar os vencimentos dos servidores do magistério público do município de Araci - Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/15/oficio_n_041-2022-_virgilio_carvalho_santos-_camara_municipal-_pl_n_003-2022-_reajuste.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/15/oficio_n_041-2022-_virgilio_carvalho_santos-_camara_municipal-_pl_n_003-2022-_reajuste.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar a recomposição dos vencimentos dos servidores públicos do município de Araci e dá outras providências.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/25/pl_004-revisao-legislativo.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/25/pl_004-revisao-legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores do Poder Legislativo, do subsídio dos agentes políticos e dá outras providências.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_complementar_no_002_de_11.03.2022_-_projeto_de_lei_que_altera_a_lei_no_02_de_19_de_janeiro_de_2001_a_lei_no_08_de_21_de_maio_de_2004.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_complementar_no_002_de_11.03.2022_-_projeto_de_lei_que_altera_a_lei_no_02_de_19_de_janeiro_de_2001_a_lei_no_08_de_21_de_maio_de_2004.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 02 de 19 de janeiro de 2001, a Lei Complementar nº 08 de 21 de maio de 2004 – Plano de Carreira e Remuneração do_x000D_
 Magistério Público do Município de Araci.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CECEL - Educação, Cultura, Esporte e Lazer</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/20/pe_001_modificativa_pl-001-2021.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/20/pe_001_modificativa_pl-001-2021.pdf</t>
   </si>
   <si>
     <t>Modifica artigo 2º do projeto de lei complementar nº 001/2021 que altera artigos da Lei Complementar nº 008 de 21 de março de 2004, Lei municipal nº 009 de 21 e maio de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Léo de Eridan</t>
   </si>
   <si>
-    <t>https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/24/pe_005_modificativa_plc-001-2022.pdf</t>
+    <t>http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/24/pe_005_modificativa_plc-001-2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação proposta pelo Projeto de Lei Complementar 002/2022 para os artigos 30 § 4º, 35 § 3º da Lei Complementar nº 02 de 19 de janeiro de 2001 e do artigo 33 § 6º da Lei Complementar nº 08 de 21 de maio de 2004.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -484,68 +484,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/16/oficio_n_040-2022-_virgilio_carvalho_santos-_camara_de_vereadores-_pl_n_002-2022-_reajuste_de_venc.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/15/oficio_n_041-2022-_virgilio_carvalho_santos-_camara_municipal-_pl_n_003-2022-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/25/pl_004-revisao-legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_complementar_no_002_de_11.03.2022_-_projeto_de_lei_que_altera_a_lei_no_02_de_19_de_janeiro_de_2001_a_lei_no_08_de_21_de_maio_de_2004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/20/pe_001_modificativa_pl-001-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/24/pe_005_modificativa_plc-001-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/16/oficio_n_040-2022-_virgilio_carvalho_santos-_camara_de_vereadores-_pl_n_002-2022-_reajuste_de_venc.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/15/oficio_n_041-2022-_virgilio_carvalho_santos-_camara_municipal-_pl_n_003-2022-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/25/pl_004-revisao-legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_complementar_no_002_de_11.03.2022_-_projeto_de_lei_que_altera_a_lei_no_02_de_19_de_janeiro_de_2001_a_lei_no_08_de_21_de_maio_de_2004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/20/pe_001_modificativa_pl-001-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.araci.ba.leg.br/media/sapl/public/materialegislativa/2022/24/pe_005_modificativa_plc-001-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="216.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="215.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="197.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>